--- v0 (2025-12-06)
+++ v1 (2025-12-31)
@@ -1,1561 +1,2105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="c8bb71d" w14:textId="c8bb71d">
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-[...1 lines deleted...]
-        <w15:collapsed w:val="false"/>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CF6E511" wp14:editId="36BE973E">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="0" name="" descr=""/>
+            <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="true"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3"/>
+                    <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...3 lines deleted...]
-        <w:t>"Мемлекеттік стандарттарға сәйкес келмейтін Қазақстан Республикасының мемлекеттік Туын, Мемлекеттік Елтаңбасын ауыстыру және жою ережесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2007 жылғы 1 қазандағы № 862 қаулысына өзгерістер енгізу туралы</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении изменений в постановление Правительства Республики Казахстан от 1 октября 2007 года № 862 "Об утверждении Правил замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих государственным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартам"</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>Қазақстан Республикасы Үкіметінің 2012 жылғы 31 қазандағы № 1381 Қаулысы.</w:t>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 31 октября 2012 года № 1381</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...40 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРЕСС-РЕЛИЗ</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 36, 404-құжат) мынадай өзгерістер енгізілсін:</w:t>
+      <w:bookmarkStart w:id="1" w:name="z1"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Внести в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постановление Правительства Республики Казахстан от 1 октября 2007 года № 862</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Об утверждении Правил замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих государственным стандартам» (САПП Республики Казахстан, 2007 г., № 36, ст. 404) следующие изменения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заголовок изложи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ть в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Об утверждении Правил замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в те</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еамбулы внесено изменение на казахском языке, текст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на русском языке не меняется;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункт 1 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «1. Утвердить прилагаемые Правила замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> национальным стандартам.»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих государственным стандартам, утвержденные указанным постановлением, изложить в новой редакции согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению к настоящему постановлен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ию.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Настоящее постановление вводится в действие по истечении десяти календарных дней со дня первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      Тақырыбы мынадай редакцияда жазылсын:</w:t>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Премьер-Министр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С. Ахметов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      "Ұлттық стандарттарға сәйкес келмейтін Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын ауыстыру және жою қағидаларын бекіту туралы";</w:t>
+      <w:bookmarkStart w:id="2" w:name="z8"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к постановлени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ю Правительства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 31 октября 2012 года № 1381</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-</w:t>
+      <w:bookmarkStart w:id="3" w:name="z9"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Утверждены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постановлением Правительства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 1 октября 2007 года № 862 </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> мәтіні мынадай редакцияда жазылсын:</w:t>
+      <w:bookmarkStart w:id="4" w:name="z10"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>замены и уничтожения Государственного Флага,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ого Герба Республики Казахстан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> национальным стандартам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="5" w:name="z11"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...23 lines deleted...]
-        <w:t>:</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z12"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящие Правила замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - Правила), разработаны в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституционным законом Республики Казахстан от 4 июня 2007 года «О государственных символах Республики Казахстан» (далее - Конституционный закон) и определяют порядок замены и уничтожения Государственного Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      <w:bookmarkStart w:id="7" w:name="z13"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">   2. Порядок замены и уничтожения Государственного Флага,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственного Герба Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      "1. Қоса беріліп отырған Ұлттық стандарттарға сәйкес келмейтін Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын ауыстыру және жою қағидалары бекітілсін.";</w:t>
+      <w:bookmarkStart w:id="8" w:name="z14"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Замена и уничтожение не соответствующих националь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ным стандартам Государственного Флага, Государственного Герба Республики Казахстан осуществляются постоянно действующей комиссией государственного органа или организации, на которых в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституционным законом в обязательном порядке устанавлив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аются (размещаются, поднимаются) Государственный Флаг, Государственный Герб Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Несоответствиями национальным стандартам являются нарушения формы, размеров и технических требований, установленных к Государственному Флагу Республи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ки Казахстан, Государственному Гербу Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Замена и уничтожение не соответствующего национальным стандартам Государственного Флага Республики Казахстан осуществляются владельцами зданий (помещений), на которых по их желанию устанав</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ливается Государственный Флаг Республики Казахстан, в порядке, предусмотренном настоящими</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правилами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Замена Государственного Флага, Государственного Герба Республики Казахстан, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> национальным стандартам, осуществляется в течение о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дного рабочего дня.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Уничтожение Государственного Флага, Государственного Герба Республики Казахстан производится путем сжигания, расплавления, измельчения на кусочки размером не более 2,5 квадратных сантиметра, дробления, превращения в бесформенну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ю массу или порошок, в целях исключения возможности их повторного применения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...644 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AF1B63" w:rsidRPr="00A34C58" w:rsidRDefault="00A34C58">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-				</w:t>
+      <w:r w:rsidRPr="00A34C58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
+    <w:sectPr w:rsidR="00AF1B63" w:rsidRPr="00A34C58">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00AF1B63"/>
+    <w:rsid w:val="00A34C58"/>
+    <w:rsid w:val="00AF1B63"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...3 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Header">
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    <w:link w:val="Header"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="true">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="true">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="true">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="true">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalIndent">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal Indent"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="SubtitleChar"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:ind w:left="86"/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    <w:link w:val="Subtitle"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="TitleChar"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:after="300"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    <w:link w:val="Title"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
+  <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A34C58"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A34C58"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
-[...3 lines deleted...]
-    <w:uiPriority w:val="35"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...29 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>642</Words>
+  <Characters>3662</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>4296</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>